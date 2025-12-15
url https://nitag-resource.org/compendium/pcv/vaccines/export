--- v0 (2025-11-19)
+++ v1 (2025-12-15)
@@ -389,51 +389,51 @@
   <si>
     <t>Safety (in relation to the schedule)</t>
   </si>
   <si>
     <t>The safety and efficacy of Synflorix in children below 6 weeks and over 5 years of age have not been established_x000A_</t>
   </si>
   <si>
     <t>The safety and effectiveness in children below the age of 6 weeks has not been established._x000A_</t>
   </si>
   <si>
     <t>The safety and efficacy in children below 6 weeks and over 5 years of age have not been established_x000A_</t>
   </si>
   <si>
     <t>Product supported by Gavi</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
-    <t>Detailed pricing information for PAHO procurement can be found at: https://www.paho.org/en/documents/revolving-fund-vaccine-prices-2025_x000A_</t>
+    <t>Detailed pricing information for UNICEF and PAHO procurement can be found at: https://www.unicef.org/supply/documents/pneumococcal-conjugate-vaccine-pcv-price-data  and https://www.paho.org/en/documents/revolving-fund-vaccine-prices-2025_x000A_2024 Vaccine price ranges by product, procurement mechanism and income group as reported through the WHO/UNICEF JRF can be found at https://www.who.int/teams/immunization-vaccines-and-biologicals/vaccine-access/mi4a/mi4a-vaccine-purchase-data_x000A_</t>
   </si>
   <si>
     <t>Sources</t>
   </si>
   <si>
     <t>[1] World Health Organization (WHO) (2010). Synflorix™ prequalification. World Health Organization. Available at: https://extranet.who.int/prequal/vaccines/p/synflorix-0_x000A_(accessed 16 September 2025)._x000A_[2] European Medicines Agency (EMA) (2023). Synflorix™ EPAR – Product Information. European Medicines Agency. Available at: https://www.ema.europa.eu/en/documents/product-information/synflorix-ep…_x000A_(accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] World Health Organization (WHO) (2019). PNEUMOSIL® prequalification. World Health Organization. Available at: https://extranet.who.int/prequal/vaccines/p/pneumosilr_x000A_(accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] Ministério da Saúde (Brasil) (2022). Comunicado nº 09 de agosto de 2022: fornecimento da vacina pneumocócica 10-valente (conjugada). Ministério da Saúde. Available at: https://www.gov.br/saude/pt-br/vacinacao/rede-de-frio/comunicados/comun… (accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] World Health Organization (WHO) (2016). Prevenar 13 Multidose Vial. World Health Organization. Available at: https://extranet.who.int/prequal/vaccines/p/prevenar-13-multidose-vial (accessed 16 September 2025)._x000A_[2] European Medicines Agency (EMA) (2023). Prevenar 13 EPAR – Product Information. European Medicines Agency. Available at: https://www.ema.europa.eu/en/documents/product-information/prevenar-13-… (accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] Administración Nacional de Medicamentos, Alimentos y Tecnología Médica (ANMAT) (2016). Disposición N° 2156/16: autorización de comercialización de la vacuna neumocócica conjugada 13-valente. ANMAT. Available at: https://boletin.anmat.gob.ar/marzo_2016/Dispo_2156-16.pdf (accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] Walvax Biotechnology Co., Ltd. (2021). Package insert of 13-valent pneumococcal polysaccharide conjugate vaccine (PCV13-TT). Walvax Biotechnology Co., Ltd. Available at: https://en.walvax.com/media/upload/product/Package%20Insert%20of%20PCV1… (accessed 16 September 2025)._x000A_</t>
   </si>
   <si>
     <t>[1] Shenzhen Kangtai Biological Products Co., Ltd. (2021). 13-valent pneumococcal polysaccharide conjugate vaccine (TT/DT). Shenzhen Kangtai Biological Products Co., Ltd. Available at: https://en.biokangtai.com/Product_Details/16.html (accessed 16 September 2025)._x000A_</t>
   </si>